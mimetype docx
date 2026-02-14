--- v0 (2025-12-31)
+++ v1 (2026-02-14)
@@ -1,2395 +1,3980 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/xml"/>
-[...11 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:background w:color="FFFFFF"/>
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
-    <w:p w:rsidR="00A523C5" w:rsidRDefault="00160273" w:rsidP="00160273">
-[...10 lines deleted...]
-          <w:noProof/>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="89" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dear [First Name],</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="162" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="94" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I’ve got some exciting news to share — this [Month], I’ll be heading to [Location] for an unforgettable [type of trip: study abroad, volunteer program, internship, etc.], and I couldn’t be more thrilled!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="84" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This journey means so much to me because [insert why it’s personally important — dream come true, career goal, personal growth, etc.]. I chose [Location] not just to see a new place, but because [insert deeper reason — meaningful program, cultural connection, field of interest, etc.]. My passion for [your interest or field] is what drew me to this opportunity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="46" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">While I’m abroad, I’ll be:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="54" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="238" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300">
-[...4 lines deleted...]
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38114"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="4" name="image1.png"/>
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image02.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
-                    <a:srcRect/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2743200" cy="571500"/>
+                      <a:ext cx="38114" cy="38114"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                    </a:prstGeom>
+                    <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:i/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...203 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...315 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[What you’ll be doing]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="54" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="465" w:right="0" w:hanging="228"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="114300" distB="114300" distL="114300" distR="114300">
-[...4 lines deleted...]
-            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38114"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="6" name="image1.png"/>
+            <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image01.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
-                    <a:srcRect/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2709863" cy="545967"/>
+                      <a:ext cx="38114" cy="38114"/>
                     </a:xfrm>
-                    <a:prstGeom prst="rect">
-[...1 lines deleted...]
-                    </a:prstGeom>
+                    <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-          <w:i/>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:i/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[What this will mean for the community you’re serving, your education, career, or personal growth]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="52" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This trip is more than a travel experience — it’s a chance for me to grow, be challenged, and see the world from a whole new perspective. And while I’m ready to put in the work, I can’t do it alone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="51" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are a few ways you can be part of this journey:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="532"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="54" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="238" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38114"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="5" name="image1.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="38114" cy="38114"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Send encouragement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="532"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="55" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="238" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38113"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="8" name="image1.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="38114" cy="38113"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Share my campaign with others</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="54" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="238" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38113"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="7" name="image1.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="38114" cy="38113"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Make a donation, big or small — it all helps!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="108" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Optional if offering perks:]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="54" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="53"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As a small thank you, I’ll be sending out special gifts to donors — like postcards from my destination, digital photo albums, or local souvenirs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="52" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Alone we can do so little; together we can do so much." — Helen Keller</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="163" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="124" w:right="6547" w:hanging="67"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:headerReference r:id="rId7" w:type="default"/>
+          <w:footerReference r:id="rId8" w:type="default"/>
+          <w:pgSz w:h="16850" w:w="11910" w:orient="portrait"/>
+          <w:pgMar w:bottom="440" w:top="2220" w:left="1133" w:right="1133" w:header="0" w:footer="250"/>
+          <w:pgNumType w:start="1"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With love and gratitude, [Your Name]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dear [Full Name],</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="162" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As you may know, I’ve been passionate about [your interest or field] for quite some time, and your [guidance/advice/mentorship] has played a big part in shaping my journey.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This [Month/Season], I’m taking an exciting next step: I’ll be traveling to [Location] for a [type of trip: study abroad, volunteer project, internship, etc.] — and I couldn’t be more excited!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="49" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="532"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="238" w:right="949" w:hanging="181"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I chose this program because [insert meaningful reason], and while abroad I’ll be: </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38114"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="10" name="image1.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="38114" cy="38114"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[What you’ll be doing]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="274" w:lineRule="auto"/>
+        <w:ind w:left="238" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38114"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="9" name="image1.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="38114" cy="38114"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[How it will support your goals or benefit a community]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="108" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This trip represents growth, challenge, and the chance to build on everything I’ve learned so far. And while I’m ready to give it my all, I’d be so grateful for your support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="52" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On my FundMyTravel campaign page, you can:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="532"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:before="54" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="238" w:right="5718" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38114"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="12" name="image1.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="38114" cy="38114"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:u w:val="single"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Leave a note of encouragement </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38114"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="11" name="image1.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="38114" cy="38114"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Share my story</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="274" w:lineRule="auto"/>
+        <w:ind w:left="238" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distB="0" distT="0" distL="0" distR="0">
+            <wp:extent cx="38114" cy="38114"/>
+            <wp:effectExtent b="0" l="0" r="0" t="0"/>
+            <wp:docPr id="13" name="image1.png"/>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect b="0" l="0" r="0" t="0"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="38114" cy="38114"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect"/>
+                    <a:ln/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...171 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...331 lines deleted...]
-      </w:cols>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contribute to my goal — every bit helps!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="109" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Optional if offering perks:] I’ll also be sending thank-you gifts like postcards or keepsakes to donors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="52" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="94" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Optional if blogging:] I’ll be sharing updates at [blog link or social handle], including special video updates for supporters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This journey means so much to me, and your continued support would mean even more. Thank you for being part of my story.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="104" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"Alone we can do so little; together we can do so much." – Helen Keller</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="216" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="124" w:right="7503" w:hanging="67"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With gratitude, [Your Name]</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:h="16850" w:w="11910" w:orient="portrait"/>
+      <w:pgMar w:bottom="440" w:top="2220" w:left="1133" w:right="1133" w:header="0" w:footer="250"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...46 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:font w:name="Arial"/>
+  <w:font w:name="Georgia"/>
+  <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:spacing w:after="0" w:before="0" w:line="14.399999999999999" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-724216</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>10406007</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7572375" cy="295910"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name=""/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr/>
+                    <wps:cNvPr id="2" name="Shape 2"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="1564575" y="3636808"/>
+                        <a:ext cx="7562850" cy="286385"/>
+                      </a:xfrm>
+                      <a:custGeom>
+                        <a:rect b="b" l="l" r="r" t="t"/>
+                        <a:pathLst>
+                          <a:path extrusionOk="0" h="286385" w="7562850">
+                            <a:moveTo>
+                              <a:pt x="7562849" y="285803"/>
+                            </a:moveTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="285803"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="0" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="7562849" y="0"/>
+                            </a:lnTo>
+                            <a:lnTo>
+                              <a:pt x="7562849" y="285803"/>
+                            </a:lnTo>
+                            <a:close/>
+                          </a:path>
+                        </a:pathLst>
+                      </a:custGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="24B6BA"/>
+                      </a:solidFill>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-724216</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>10406007</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7572375" cy="295910"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="image2.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image2.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7572375" cy="295910"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:space="0" w:sz="0" w:val="nil"/>
+        <w:left w:space="0" w:sz="0" w:val="nil"/>
+        <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+        <w:right w:space="0" w:sz="0" w:val="nil"/>
+        <w:between w:space="0" w:sz="0" w:val="nil"/>
+      </w:pBdr>
+      <w:shd w:fill="auto" w:val="clear"/>
+      <w:spacing w:after="0" w:before="0" w:line="14.399999999999999" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:jc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7562850" cy="1420495"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name=""/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="1564575" y="3069750"/>
+                        <a:ext cx="7562850" cy="1420495"/>
+                        <a:chOff x="1564575" y="3069750"/>
+                        <a:chExt cx="7562850" cy="1420500"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wpg:grpSp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="1564575" y="3069753"/>
+                          <a:ext cx="7562850" cy="1420495"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="7562850" cy="1420495"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:cNvPr id="4" name="Shape 4"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="7562850" cy="1420475"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                              <w:pPr>
+                                <w:spacing w:after="0" w:before="0" w:line="240"/>
+                                <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                                <w:jc w:val="left"/>
+                                <w:textDirection w:val="btLr"/>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvSpPr/>
+                        <wps:cNvPr id="5" name="Shape 5"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="7562850" cy="1420495"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:rect b="b" l="l" r="r" t="t"/>
+                            <a:pathLst>
+                              <a:path extrusionOk="0" h="1420495" w="7562850">
+                                <a:moveTo>
+                                  <a:pt x="7562849" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7562849" y="1420070"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="1420070"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="7562849" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="24B6BA"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="6" name="Shape 6"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
+                        </pic:nvPicPr>
+                        <pic:blipFill rotWithShape="1">
+                          <a:blip r:embed="rId1">
+                            <a:alphaModFix/>
+                          </a:blip>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
+                          <a:stretch/>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="3421627" y="179236"/>
+                            <a:ext cx="3954364" cy="905216"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:grpSp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7562850" cy="1420495"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="image3.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image3.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId2"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7562850" cy="1420495"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:u w:val="none"/>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3599985</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>983878</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2632710" cy="219710"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name=""/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr/>
+                    <wps:cNvPr id="7" name="Shape 7"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="4034408" y="3674908"/>
+                        <a:ext cx="2623185" cy="210185"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
+                          <w:pPr>
+                            <w:spacing w:after="0" w:before="11.000000238418579" w:line="240"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="20"/>
+                            <w:jc w:val="left"/>
+                            <w:textDirection w:val="btLr"/>
+                          </w:pPr>
+                          <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+                              <w:b w:val="0"/>
+                              <w:i w:val="0"/>
+                              <w:smallCaps w:val="0"/>
+                              <w:strike w:val="0"/>
+                              <w:color w:val="ffffff"/>
+                              <w:sz w:val="26"/>
+                              <w:vertAlign w:val="baseline"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Please visit my fundraising page at:</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr anchorCtr="0" anchor="t" bIns="0" lIns="0" spcFirstLastPara="1" rIns="0" wrap="square" tIns="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="1" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>3599985</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>983878</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2632710" cy="219710"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="image4.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image4.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId2"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2632710" cy="219710"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:rPr>
+        <w:rtl w:val="0"/>
+      </w:rPr>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...232 lines deleted...]
-</w:numbering>
+<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...2 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
-  <w:rsids>
-[...17 lines deleted...]
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
-[...7 lines deleted...]
-  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:color w:val="000000"/>
+        <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="276">
-[...140 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100.0" w:type="dxa"/>
+        <w:left w:w="100.0" w:type="dxa"/>
+        <w:bottom w:w="100.0" w:type="dxa"/>
+        <w:right w:w="100.0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+    <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="normal0"/>
-    <w:next w:val="normal0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="40"/>
-      <w:szCs w:val="40"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="normal0"/>
-    <w:next w:val="normal0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="normal0"/>
-    <w:next w:val="normal0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:outlineLvl w:val="2"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="434343"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="normal0"/>
-    <w:next w:val="normal0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:outlineLvl w:val="3"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="666666"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="normal0"/>
-    <w:next w:val="normal0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:outlineLvl w:val="4"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="666666"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="normal0"/>
-    <w:next w:val="normal0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:outlineLvl w:val="5"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-      <w:color w:val="666666"/>
+      <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
-  </w:style>
-[...28 lines deleted...]
-    <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="normal0"/>
-    <w:next w:val="normal0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:before="11" w:lineRule="auto"/>
+      <w:ind w:left="20"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="52"/>
-      <w:szCs w:val="52"/>
+      <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="normal0"/>
-    <w:next w:val="normal0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:contextualSpacing/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
-      <w:sz w:val="30"/>
-[...67 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...385 lines deleted...]
-</w:styles>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2668,54 +4253,41 @@
     </a:spDef>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-  <AppVersion></AppVersion>
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:lpwstr>2025-09-12T00:00:00Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Canva</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:lpwstr>2025-09-12T00:00:00Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Canva</vt:lpwstr>
+  </property>
 </Properties>
 </file>
-
-[...7 lines deleted...]
-</file>